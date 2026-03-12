--- v0 (2025-12-06)
+++ v1 (2026-03-12)
@@ -47,51 +47,51 @@
   <si>
     <t>Doğum Tarihi - YYYY-MM-DD (XXXX-01-30)</t>
   </si>
   <si>
     <t>İl</t>
   </si>
   <si>
     <t>İlçe</t>
   </si>
   <si>
     <t>Adres Bilgisi</t>
   </si>
   <si>
     <t>Katılanacak Etkinlik</t>
   </si>
   <si>
     <t>Etkinlik Seansı</t>
   </si>
   <si>
     <t>test</t>
   </si>
   <si>
     <t>örnek</t>
   </si>
   <si>
-    <t>2025-12-06</t>
+    <t>2026-03-12</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>