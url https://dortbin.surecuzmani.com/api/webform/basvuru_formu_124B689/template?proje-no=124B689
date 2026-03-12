--- v0 (2025-12-06)
+++ v1 (2026-03-12)
@@ -65,51 +65,51 @@
   <si>
     <t>Test 1</t>
   </si>
   <si>
     <t>Açık uçlu-TEKİL</t>
   </si>
   <si>
     <t>Kapalı Uçlu- Çossklu - Çoklu 1.;Çoklu 2.;Çoklu 3 - Lütfen birden fazla şık seçmek için şıkların arasına ';' ekleyin</t>
   </si>
   <si>
     <t>Kapalı Çoklu - Çoklu 1;Çoklu 2 - Lütfen birden fazla şık seçmek için şıkların arasına ';' ekleyin</t>
   </si>
   <si>
     <t>Kapalı Çoklu - Çoklu 1 - Lütfen birden fazla şık seçmek için şıkların arasına ';' ekleyin</t>
   </si>
   <si>
     <t>Kapalı Tekli Şıksız - Tekil 1;Tekil 2;Tekil 3 - Lütfen bir seçenek seçin</t>
   </si>
   <si>
     <t>denemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedenemedeneme</t>
   </si>
   <si>
     <t>örnek</t>
   </si>
   <si>
-    <t>2025-12-06</t>
+    <t>2026-03-12</t>
   </si>
   <si>
     <t>Çoklu 1.</t>
   </si>
   <si>
     <t>Çoklu 1</t>
   </si>
   <si>
     <t>Tekil 1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>